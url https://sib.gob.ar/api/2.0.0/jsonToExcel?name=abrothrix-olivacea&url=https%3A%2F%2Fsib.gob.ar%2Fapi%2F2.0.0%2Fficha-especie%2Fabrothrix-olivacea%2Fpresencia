--- v0 (2025-12-07)
+++ v1 (2026-02-25)
@@ -77,50 +77,59 @@
   <si>
     <t>Sin validar</t>
   </si>
   <si>
     <t>APN-AL</t>
   </si>
   <si>
     <t>Parque Nacional Los Alerces</t>
   </si>
   <si>
     <t>parque-nacional-los-alerces</t>
   </si>
   <si>
     <t>Regular</t>
   </si>
   <si>
     <t>APN-LA</t>
   </si>
   <si>
     <t>Parque Nacional Lanín</t>
   </si>
   <si>
     <t>parque-nacional-lanin</t>
   </si>
   <si>
+    <t>APN-ML</t>
+  </si>
+  <si>
+    <t>Parque Nacional Monte León</t>
+  </si>
+  <si>
+    <t>parque-nacional-monte-leon</t>
+  </si>
+  <si>
     <t>APN-NH</t>
   </si>
   <si>
     <t>Parque Nacional Nahuel Huapi</t>
   </si>
   <si>
     <t>parque-nacional-nahuel-huapi</t>
   </si>
   <si>
     <t>APN-TF</t>
   </si>
   <si>
     <t>Parque Nacional Tierra del Fuego</t>
   </si>
   <si>
     <t>parque-nacional-tierra-del-fuego</t>
   </si>
   <si>
     <t>APN-BP</t>
   </si>
   <si>
     <t>Parque Nacional Bosques Petrificados de Jaramillo</t>
   </si>
   <si>
     <t>parque-nacional-bosques-petrificados</t>
@@ -129,59 +138,50 @@
     <t>APN-LB</t>
   </si>
   <si>
     <t>Parque Nacional Laguna Blanca</t>
   </si>
   <si>
     <t>parque-nacional-laguna-blanca</t>
   </si>
   <si>
     <t>APN-AR</t>
   </si>
   <si>
     <t>Parque Nacional Los Arrayanes</t>
   </si>
   <si>
     <t>parque-nacional-los-arrayanes</t>
   </si>
   <si>
     <t>APN-PM</t>
   </si>
   <si>
     <t>Parque Nacional Perito Moreno</t>
   </si>
   <si>
     <t>parque-nacional-perito-moreno</t>
-  </si>
-[...7 lines deleted...]
-    <t>parque-nacional-monte-leon</t>
   </si>
   <si>
     <t>APN-MA</t>
   </si>
   <si>
     <t>Parque Interjurisdiccional Marino Costero Patagonia Austral</t>
   </si>
   <si>
     <t>parque-interjurisdiccional-marino-costero-patagonia-austral</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -641,240 +641,240 @@
       <c r="D4">
         <v>-39.85001</v>
       </c>
       <c r="E4">
         <v>-71.43103</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>13</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4">
         <v>46638</v>
       </c>
       <c r="J4"/>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5">
-        <v>-40.95411</v>
+        <v>-50.31667</v>
       </c>
       <c r="E5">
-        <v>-71.53639</v>
+        <v>-68.97287</v>
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5">
         <v>1</v>
       </c>
       <c r="I5">
         <v>46638</v>
       </c>
       <c r="J5"/>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>24</v>
       </c>
       <c r="B6">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6">
-        <v>-54.64226</v>
+        <v>-40.95411</v>
       </c>
       <c r="E6">
-        <v>-68.48597</v>
+        <v>-71.53639</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
       <c r="H6">
         <v>1</v>
       </c>
       <c r="I6">
         <v>46638</v>
       </c>
       <c r="J6"/>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7">
-        <v>6</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7">
-        <v>-47.69349</v>
+        <v>-54.64226</v>
       </c>
       <c r="E7">
-        <v>-68.06604</v>
+        <v>-68.48597</v>
       </c>
       <c r="F7" t="s">
         <v>29</v>
       </c>
       <c r="G7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="H7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I7">
         <v>46638</v>
       </c>
       <c r="J7"/>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" t="s">
         <v>30</v>
       </c>
       <c r="B8">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8">
-        <v>-39.03034</v>
+        <v>-47.69349</v>
       </c>
       <c r="E8">
-        <v>-70.35218</v>
+        <v>-68.06604</v>
       </c>
       <c r="F8" t="s">
         <v>32</v>
       </c>
       <c r="G8" t="s">
         <v>13</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8">
-        <v>46639</v>
+        <v>46638</v>
       </c>
       <c r="J8"/>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" t="s">
         <v>33</v>
       </c>
       <c r="B9">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="C9" t="s">
         <v>34</v>
       </c>
       <c r="D9">
-        <v>-40.82941</v>
+        <v>-39.03034</v>
       </c>
       <c r="E9">
-        <v>-71.62874</v>
+        <v>-70.35218</v>
       </c>
       <c r="F9" t="s">
         <v>35</v>
       </c>
       <c r="G9" t="s">
         <v>13</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9">
-        <v>46638</v>
+        <v>46639</v>
       </c>
       <c r="J9"/>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" t="s">
         <v>36</v>
       </c>
       <c r="B10">
-        <v>30</v>
+        <v>3</v>
       </c>
       <c r="C10" t="s">
         <v>37</v>
       </c>
       <c r="D10">
-        <v>-47.88697</v>
+        <v>-40.82941</v>
       </c>
       <c r="E10">
-        <v>-72.25014</v>
+        <v>-71.62874</v>
       </c>
       <c r="F10" t="s">
         <v>38</v>
       </c>
       <c r="G10" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="H10">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I10">
         <v>46638</v>
       </c>
       <c r="J10"/>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
         <v>39</v>
       </c>
       <c r="B11">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>40</v>
       </c>
       <c r="D11">
-        <v>-50.31667</v>
+        <v>-47.88697</v>
       </c>
       <c r="E11">
-        <v>-68.97287</v>
+        <v>-72.25014</v>
       </c>
       <c r="F11" t="s">
         <v>41</v>
       </c>
       <c r="G11" t="s">
         <v>17</v>
       </c>
       <c r="H11">
         <v>1</v>
       </c>
       <c r="I11">
         <v>46638</v>
       </c>
       <c r="J11"/>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" t="s">
         <v>42</v>
       </c>
       <c r="B12">
         <v>322</v>
       </c>
       <c r="C12" t="s">
         <v>43</v>
       </c>