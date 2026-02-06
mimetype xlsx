--- v0 (2025-12-20)
+++ v1 (2026-02-06)
@@ -44,69 +44,69 @@
   <si>
     <t>parque</t>
   </si>
   <si>
     <t>lat</t>
   </si>
   <si>
     <t>lng</t>
   </si>
   <si>
     <t>slug</t>
   </si>
   <si>
     <t>presencia</t>
   </si>
   <si>
     <t>is_validada</t>
   </si>
   <si>
     <t>Sp_id</t>
   </si>
   <si>
     <t>situacion</t>
   </si>
   <si>
+    <t>APN-CA</t>
+  </si>
+  <si>
+    <t>Parque Nacional Calilegua</t>
+  </si>
+  <si>
+    <t>parque-nacional-calilegua</t>
+  </si>
+  <si>
+    <t>Presente</t>
+  </si>
+  <si>
     <t>APN-BA</t>
   </si>
   <si>
     <t>Parque Nacional Baritú</t>
   </si>
   <si>
     <t>parque-nacional-baritu</t>
-  </si>
-[...10 lines deleted...]
-    <t>parque-nacional-calilegua</t>
   </si>
   <si>
     <t>APN-NO</t>
   </si>
   <si>
     <t>Reserva Nacional El Nogalar de los Toldos</t>
   </si>
   <si>
     <t>reserva-nacional-el-nogalar-de-los-toldos</t>
   </si>
   <si>
     <t>APN-RE</t>
   </si>
   <si>
     <t>Parque Nacional El Rey</t>
   </si>
   <si>
     <t>parque-nacional-el-rey</t>
   </si>
   <si>
     <t>JUJUY-PY</t>
   </si>
   <si>
     <t>Parque Provincial Potrero de Yala</t>
   </si>
@@ -497,90 +497,90 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>-22.58199</v>
+        <v>-23.66054</v>
       </c>
       <c r="E2">
-        <v>-64.64422</v>
+        <v>-64.85</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2">
         <v>47393</v>
       </c>
       <c r="J2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>-23.66054</v>
+        <v>-22.58199</v>
       </c>
       <c r="E3">
-        <v>-64.85</v>
+        <v>-64.64422</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>13</v>
       </c>
       <c r="H3">
         <v>1</v>
       </c>
       <c r="I3">
         <v>47393</v>
       </c>
       <c r="J3"/>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4">
         <v>25</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>