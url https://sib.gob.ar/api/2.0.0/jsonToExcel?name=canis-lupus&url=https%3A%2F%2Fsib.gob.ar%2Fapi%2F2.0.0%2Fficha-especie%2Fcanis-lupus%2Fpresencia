--- v0 (2025-12-08)
+++ v1 (2026-02-24)
@@ -44,81 +44,81 @@
   <si>
     <t>parque</t>
   </si>
   <si>
     <t>lat</t>
   </si>
   <si>
     <t>lng</t>
   </si>
   <si>
     <t>slug</t>
   </si>
   <si>
     <t>presencia</t>
   </si>
   <si>
     <t>is_validada</t>
   </si>
   <si>
     <t>Sp_id</t>
   </si>
   <si>
     <t>situacion</t>
   </si>
   <si>
+    <t>APN-CP</t>
+  </si>
+  <si>
+    <t>Parque Nacional Copo</t>
+  </si>
+  <si>
+    <t>parque-nacional-copo</t>
+  </si>
+  <si>
+    <t>Sin validar</t>
+  </si>
+  <si>
+    <t>APN-NH</t>
+  </si>
+  <si>
+    <t>Parque Nacional Nahuel Huapi</t>
+  </si>
+  <si>
+    <t>parque-nacional-nahuel-huapi</t>
+  </si>
+  <si>
     <t>APN-LA</t>
   </si>
   <si>
     <t>Parque Nacional Lanín</t>
   </si>
   <si>
     <t>parque-nacional-lanin</t>
   </si>
   <si>
-    <t>Sin validar</t>
-[...1 lines deleted...]
-  <si>
     <t>Autctono</t>
-  </si>
-[...16 lines deleted...]
-    <t>parque-nacional-nahuel-huapi</t>
   </si>
   <si>
     <t>APN-SQ</t>
   </si>
   <si>
     <t>Parque Nacional Sierra de las Quijadas</t>
   </si>
   <si>
     <t>parque-nacional-sierra-de-las-quijadas</t>
   </si>
   <si>
     <t>APN-OT</t>
   </si>
   <si>
     <t>Parque Nacional Ciervo de los Pantanos</t>
   </si>
   <si>
     <t>reserva-natural-otamendi</t>
   </si>
   <si>
     <t>APN-TF</t>
   </si>
   <si>
     <t>Parque Nacional Tierra del Fuego</t>
   </si>
@@ -620,136 +620,136 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>-39.85001</v>
+        <v>-25.82089</v>
       </c>
       <c r="E2">
-        <v>-71.43103</v>
+        <v>-61.88005</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2">
         <v>11775</v>
       </c>
-      <c r="J2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3">
+        <v>24</v>
+      </c>
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="B3">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="D3">
+        <v>-40.95411</v>
+      </c>
+      <c r="E3">
+        <v>-71.53639</v>
+      </c>
+      <c r="F3" t="s">
         <v>16</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G3" t="s">
         <v>13</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3">
         <v>11775</v>
       </c>
       <c r="J3"/>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4">
         <v>18</v>
       </c>
-      <c r="B4">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4">
+        <v>-39.85001</v>
+      </c>
+      <c r="E4">
+        <v>-71.43103</v>
+      </c>
+      <c r="F4" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>13</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4">
         <v>11775</v>
       </c>
-      <c r="J4"/>
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5">
         <v>36</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5">
         <v>-32.55677</v>
       </c>
       <c r="E5">
         <v>-67.13459</v>
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5" t="s">
         <v>13</v>
       </c>
       <c r="H5">
         <v>0</v>