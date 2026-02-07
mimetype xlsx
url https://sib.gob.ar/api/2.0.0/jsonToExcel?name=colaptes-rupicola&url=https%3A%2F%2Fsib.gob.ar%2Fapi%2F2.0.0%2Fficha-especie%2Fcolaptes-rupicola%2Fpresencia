--- v0 (2025-12-10)
+++ v1 (2026-02-07)
@@ -671,54 +671,54 @@
       <c r="I6">
         <v>10979</v>
       </c>
       <c r="J6"/>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7">
         <v>25</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7">
         <v>-22.26581</v>
       </c>
       <c r="E7">
         <v>-64.75309</v>
       </c>
       <c r="F7" t="s">
         <v>29</v>
       </c>
       <c r="G7" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="H7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I7">
         <v>10979</v>
       </c>
       <c r="J7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>