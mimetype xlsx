--- v0 (2025-12-17)
+++ v1 (2026-02-24)
@@ -44,69 +44,69 @@
   <si>
     <t>parque</t>
   </si>
   <si>
     <t>lat</t>
   </si>
   <si>
     <t>lng</t>
   </si>
   <si>
     <t>slug</t>
   </si>
   <si>
     <t>presencia</t>
   </si>
   <si>
     <t>is_validada</t>
   </si>
   <si>
     <t>Sp_id</t>
   </si>
   <si>
     <t>situacion</t>
   </si>
   <si>
+    <t>APN-ML</t>
+  </si>
+  <si>
+    <t>Parque Nacional Monte León</t>
+  </si>
+  <si>
+    <t>parque-nacional-monte-leon</t>
+  </si>
+  <si>
+    <t>Sin validar</t>
+  </si>
+  <si>
     <t>APN-CD</t>
   </si>
   <si>
     <t>Parque Nacional Los Cardones</t>
   </si>
   <si>
     <t>parque-nacional-los-cardones</t>
-  </si>
-[...10 lines deleted...]
-    <t>parque-nacional-monte-leon</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -467,90 +467,90 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>-25.27733</v>
+        <v>-50.31667</v>
       </c>
       <c r="E2">
-        <v>-65.93186</v>
+        <v>-68.97287</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2">
         <v>10558</v>
       </c>
       <c r="J2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>-50.31667</v>
+        <v>-25.27733</v>
       </c>
       <c r="E3">
-        <v>-68.97287</v>
+        <v>-65.93186</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>13</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3">
         <v>10558</v>
       </c>
       <c r="J3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>