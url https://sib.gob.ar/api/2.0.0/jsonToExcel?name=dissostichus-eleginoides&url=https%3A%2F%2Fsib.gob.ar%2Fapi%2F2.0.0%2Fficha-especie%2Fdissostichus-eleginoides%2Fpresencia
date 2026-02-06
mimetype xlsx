--- v0 (2025-12-18)
+++ v1 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="dissostichus-eleginoides" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>parque_id</t>
   </si>
   <si>
     <t>area_id</t>
   </si>
   <si>
     <t>parque</t>
   </si>
   <si>
     <t>lat</t>
   </si>
   <si>
     <t>lng</t>
   </si>
   <si>
     <t>slug</t>
   </si>
   <si>
     <t>presencia</t>
   </si>
   <si>
     <t>is_validada</t>
   </si>
   <si>
@@ -72,50 +72,53 @@
     <t>Área Marina Protegida Namuncurá - Banco Burdwood I</t>
   </si>
   <si>
     <t>area-marina-protegida-namuncura-banco-burdwood-i</t>
   </si>
   <si>
     <t>Sin validar</t>
   </si>
   <si>
     <t>APN-NB</t>
   </si>
   <si>
     <t>Área Marina Protegida Namuncurá - Banco Burdwood II</t>
   </si>
   <si>
     <t>area-marina-protegida-namuncura-banco-burdwood-ii</t>
   </si>
   <si>
     <t>APN-YG</t>
   </si>
   <si>
     <t>Área Marina Protegida Yaganes</t>
   </si>
   <si>
     <t>area-marina-protegida-yaganes</t>
+  </si>
+  <si>
+    <t>Presente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -551,54 +554,54 @@
       <c r="I3">
         <v>45246</v>
       </c>
       <c r="J3"/>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4">
         <v>370</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4">
         <v>-56.93301</v>
       </c>
       <c r="E4">
         <v>-65.4582</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="H4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I4">
         <v>45246</v>
       </c>
       <c r="J4"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>