--- v0 (2025-12-20)
+++ v1 (2026-02-24)
@@ -56,96 +56,96 @@
   <si>
     <t>presencia</t>
   </si>
   <si>
     <t>is_validada</t>
   </si>
   <si>
     <t>Sp_id</t>
   </si>
   <si>
     <t>situacion</t>
   </si>
   <si>
     <t>APN-LB</t>
   </si>
   <si>
     <t>Parque Nacional Laguna Blanca</t>
   </si>
   <si>
     <t>parque-nacional-laguna-blanca</t>
   </si>
   <si>
     <t>Sin validar</t>
   </si>
   <si>
+    <t>APN-ML</t>
+  </si>
+  <si>
+    <t>Parque Nacional Monte León</t>
+  </si>
+  <si>
+    <t>parque-nacional-monte-leon</t>
+  </si>
+  <si>
+    <t>Regular</t>
+  </si>
+  <si>
     <t>APN-TF</t>
   </si>
   <si>
     <t>Parque Nacional Tierra del Fuego</t>
   </si>
   <si>
     <t>parque-nacional-tierra-del-fuego</t>
   </si>
   <si>
-    <t>Regular</t>
-[...1 lines deleted...]
-  <si>
     <t>APN-BP</t>
   </si>
   <si>
     <t>Parque Nacional Bosques Petrificados de Jaramillo</t>
   </si>
   <si>
     <t>parque-nacional-bosques-petrificados</t>
   </si>
   <si>
     <t>APN-NH</t>
   </si>
   <si>
     <t>Parque Nacional Nahuel Huapi</t>
   </si>
   <si>
     <t>parque-nacional-nahuel-huapi</t>
   </si>
   <si>
     <t>APN-PM</t>
   </si>
   <si>
     <t>Parque Nacional Perito Moreno</t>
   </si>
   <si>
     <t>parque-nacional-perito-moreno</t>
-  </si>
-[...7 lines deleted...]
-    <t>parque-nacional-monte-leon</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -536,180 +536,180 @@
       <c r="D2">
         <v>-39.03034</v>
       </c>
       <c r="E2">
         <v>-70.35218</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2">
         <v>9093</v>
       </c>
       <c r="J2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>-54.64226</v>
+        <v>-50.31667</v>
       </c>
       <c r="E3">
-        <v>-68.48597</v>
+        <v>-68.97287</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
         <v>1</v>
       </c>
       <c r="I3">
         <v>9093</v>
       </c>
       <c r="J3"/>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4">
-        <v>6</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
-        <v>-47.69349</v>
+        <v>-54.64226</v>
       </c>
       <c r="E4">
-        <v>-68.06604</v>
+        <v>-68.48597</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="H4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I4">
         <v>9093</v>
       </c>
       <c r="J4"/>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5">
-        <v>-40.95411</v>
+        <v>-47.69349</v>
       </c>
       <c r="E5">
-        <v>-71.53639</v>
+        <v>-68.06604</v>
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="H5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I5">
         <v>9093</v>
       </c>
       <c r="J5"/>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>24</v>
       </c>
       <c r="B6">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6">
-        <v>-47.88697</v>
+        <v>-40.95411</v>
       </c>
       <c r="E6">
-        <v>-72.25014</v>
+        <v>-71.53639</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
       <c r="H6">
         <v>1</v>
       </c>
       <c r="I6">
         <v>9093</v>
       </c>
       <c r="J6"/>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7">
-        <v>-50.31667</v>
+        <v>-47.88697</v>
       </c>
       <c r="E7">
-        <v>-68.97287</v>
+        <v>-72.25014</v>
       </c>
       <c r="F7" t="s">
         <v>29</v>
       </c>
       <c r="G7" t="s">
         <v>17</v>
       </c>
       <c r="H7">
         <v>1</v>
       </c>
       <c r="I7">
         <v>9093</v>
       </c>
       <c r="J7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>