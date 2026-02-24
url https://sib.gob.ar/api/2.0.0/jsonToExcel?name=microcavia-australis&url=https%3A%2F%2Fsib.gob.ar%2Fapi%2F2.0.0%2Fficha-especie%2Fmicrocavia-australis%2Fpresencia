--- v0 (2025-12-14)
+++ v1 (2026-02-24)
@@ -68,50 +68,59 @@
   <si>
     <t>APN-GL</t>
   </si>
   <si>
     <t>Parque Nacional Los Glaciares</t>
   </si>
   <si>
     <t>parque-nacional-los-glaciares</t>
   </si>
   <si>
     <t>Sin validar</t>
   </si>
   <si>
     <t>APN-TA</t>
   </si>
   <si>
     <t>Parque Nacional Talampaya</t>
   </si>
   <si>
     <t>parque-nacional-talampaya</t>
   </si>
   <si>
     <t>Regular</t>
   </si>
   <si>
+    <t>APN-ML</t>
+  </si>
+  <si>
+    <t>Parque Nacional Monte León</t>
+  </si>
+  <si>
+    <t>parque-nacional-monte-leon</t>
+  </si>
+  <si>
     <t>APN-LC</t>
   </si>
   <si>
     <t>Parque Nacional Lihué Calel</t>
   </si>
   <si>
     <t>parque-nacional-lihue-calel</t>
   </si>
   <si>
     <t>APN-CO</t>
   </si>
   <si>
     <t>Parque Nacional Quebrada del Condorito</t>
   </si>
   <si>
     <t>parque-nacional-quebrada-del-condorito</t>
   </si>
   <si>
     <t>APN-CP</t>
   </si>
   <si>
     <t>Parque Nacional Copo</t>
   </si>
   <si>
     <t>parque-nacional-copo</t>
@@ -138,59 +147,50 @@
     <t>APN-LE</t>
   </si>
   <si>
     <t>Parque Nacional El Leoncito</t>
   </si>
   <si>
     <t>parque-nacional-el-leoncito</t>
   </si>
   <si>
     <t>APN-SQ</t>
   </si>
   <si>
     <t>Parque Nacional Sierra de las Quijadas</t>
   </si>
   <si>
     <t>parque-nacional-sierra-de-las-quijadas</t>
   </si>
   <si>
     <t>APN-LB</t>
   </si>
   <si>
     <t>Parque Nacional Laguna Blanca</t>
   </si>
   <si>
     <t>parque-nacional-laguna-blanca</t>
-  </si>
-[...7 lines deleted...]
-    <t>parque-nacional-monte-leon</t>
   </si>
   <si>
     <t>FFAA-EC</t>
   </si>
   <si>
     <t>Reserva Natural de la Defensa La Calera</t>
   </si>
   <si>
     <t>reserva-natural-de-la-defensa-la-calera</t>
   </si>
   <si>
     <t>APN-NH</t>
   </si>
   <si>
     <t>Parque Nacional Nahuel Huapi</t>
   </si>
   <si>
     <t>parque-nacional-nahuel-huapi</t>
   </si>
   <si>
     <t>APN-LO</t>
   </si>
   <si>
     <t>Parque Nacional Islote Lobos</t>
   </si>
@@ -665,309 +665,309 @@
       <c r="D3">
         <v>-29.85015</v>
       </c>
       <c r="E3">
         <v>-67.87759</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
         <v>1</v>
       </c>
       <c r="I3">
         <v>6105</v>
       </c>
       <c r="J3"/>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
-        <v>-37.93488</v>
+        <v>-50.31667</v>
       </c>
       <c r="E4">
-        <v>-65.60471</v>
+        <v>-68.97287</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="H4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I4">
         <v>6105</v>
       </c>
       <c r="J4"/>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5">
-        <v>-31.69761</v>
+        <v>-37.93488</v>
       </c>
       <c r="E5">
-        <v>-64.78331</v>
+        <v>-65.60471</v>
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="H5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I5">
         <v>6105</v>
       </c>
       <c r="J5"/>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>24</v>
       </c>
       <c r="B6">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6">
-        <v>-25.82089</v>
+        <v>-31.69761</v>
       </c>
       <c r="E6">
-        <v>-61.88005</v>
+        <v>-64.78331</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
       <c r="H6">
         <v>1</v>
       </c>
       <c r="I6">
         <v>6105</v>
       </c>
       <c r="J6"/>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7">
-        <v>-47.69349</v>
+        <v>-25.82089</v>
       </c>
       <c r="E7">
-        <v>-68.06604</v>
+        <v>-61.88005</v>
       </c>
       <c r="F7" t="s">
         <v>29</v>
       </c>
       <c r="G7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="H7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I7">
         <v>6105</v>
       </c>
       <c r="J7"/>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" t="s">
         <v>30</v>
       </c>
       <c r="B8">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8">
-        <v>-25.27733</v>
+        <v>-47.69349</v>
       </c>
       <c r="E8">
-        <v>-65.93186</v>
+        <v>-68.06604</v>
       </c>
       <c r="F8" t="s">
         <v>32</v>
       </c>
       <c r="G8" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="H8">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I8">
         <v>6105</v>
       </c>
       <c r="J8"/>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" t="s">
         <v>33</v>
       </c>
       <c r="B9">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>34</v>
       </c>
       <c r="D9">
-        <v>-31.88935</v>
+        <v>-25.27733</v>
       </c>
       <c r="E9">
-        <v>-69.26514</v>
+        <v>-65.93186</v>
       </c>
       <c r="F9" t="s">
         <v>35</v>
       </c>
       <c r="G9" t="s">
         <v>17</v>
       </c>
       <c r="H9">
         <v>1</v>
       </c>
       <c r="I9">
         <v>6105</v>
       </c>
       <c r="J9"/>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" t="s">
         <v>36</v>
       </c>
       <c r="B10">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="C10" t="s">
         <v>37</v>
       </c>
       <c r="D10">
-        <v>-32.55677</v>
+        <v>-31.88935</v>
       </c>
       <c r="E10">
-        <v>-67.13459</v>
+        <v>-69.26514</v>
       </c>
       <c r="F10" t="s">
         <v>38</v>
       </c>
       <c r="G10" t="s">
         <v>17</v>
       </c>
       <c r="H10">
         <v>1</v>
       </c>
       <c r="I10">
         <v>6105</v>
       </c>
       <c r="J10"/>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
         <v>39</v>
       </c>
       <c r="B11">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="C11" t="s">
         <v>40</v>
       </c>
       <c r="D11">
-        <v>-39.03034</v>
+        <v>-32.55677</v>
       </c>
       <c r="E11">
-        <v>-70.35218</v>
+        <v>-67.13459</v>
       </c>
       <c r="F11" t="s">
         <v>41</v>
       </c>
       <c r="G11" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="H11">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I11">
         <v>6105</v>
       </c>
       <c r="J11"/>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" t="s">
         <v>42</v>
       </c>
       <c r="B12">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="C12" t="s">
         <v>43</v>
       </c>
       <c r="D12">
-        <v>-50.31667</v>
+        <v>-39.03034</v>
       </c>
       <c r="E12">
-        <v>-68.97287</v>
+        <v>-70.35218</v>
       </c>
       <c r="F12" t="s">
         <v>44</v>
       </c>
       <c r="G12" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="H12">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I12">
         <v>6105</v>
       </c>
       <c r="J12"/>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" t="s">
         <v>45</v>
       </c>
       <c r="B13">
         <v>334</v>
       </c>
       <c r="C13" t="s">
         <v>46</v>
       </c>
       <c r="D13">
         <v>-31.40369</v>
       </c>
       <c r="E13">
         <v>-64.36772</v>
       </c>
       <c r="F13" t="s">
         <v>47</v>
       </c>