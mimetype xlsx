--- v0 (2025-12-09)
+++ v1 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="notonecta-sellata" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>parque_id</t>
   </si>
   <si>
     <t>area_id</t>
   </si>
   <si>
     <t>parque</t>
   </si>
   <si>
     <t>lat</t>
   </si>
   <si>
     <t>lng</t>
   </si>
   <si>
     <t>slug</t>
   </si>
   <si>
     <t>presencia</t>
   </si>
   <si>
     <t>is_validada</t>
   </si>
   <si>
@@ -84,50 +84,59 @@
     <t>Parque Nacional Mburucuyá</t>
   </si>
   <si>
     <t>parque-nacional-mburucuya</t>
   </si>
   <si>
     <t>Sin validar</t>
   </si>
   <si>
     <t>APN-CH</t>
   </si>
   <si>
     <t>Parque Nacional Chaco</t>
   </si>
   <si>
     <t>parque-nacional-chaco</t>
   </si>
   <si>
     <t>APN-PI</t>
   </si>
   <si>
     <t>Parque Nacional Río Pilcomayo</t>
   </si>
   <si>
     <t>parque-nacional-rio-pilcomayo</t>
+  </si>
+  <si>
+    <t>APN-EI</t>
+  </si>
+  <si>
+    <t>Parque Nacional El Impenetrable</t>
+  </si>
+  <si>
+    <t>parque-nacional-el-impenetrable</t>
   </si>
   <si>
     <t>APN-PA</t>
   </si>
   <si>
     <t>Parque Nacional El Palmar</t>
   </si>
   <si>
     <t>parque-nacional-el-palmar</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -440,64 +449,64 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J6"/>
+  <dimension ref="A1:J7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283447" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="35.2771" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="35.2771" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.711426" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -617,74 +626,104 @@
       <c r="D5">
         <v>-25.06531</v>
       </c>
       <c r="E5">
         <v>-58.13715</v>
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5">
         <v>5278</v>
       </c>
       <c r="J5"/>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>24</v>
       </c>
       <c r="B6">
-        <v>27</v>
+        <v>346</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6">
-        <v>-31.88216</v>
+        <v>-25.00468</v>
       </c>
       <c r="E6">
-        <v>-58.25668</v>
+        <v>-61.10564</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6">
         <v>5278</v>
       </c>
       <c r="J6"/>
+    </row>
+    <row r="7" spans="1:10">
+      <c r="A7" t="s">
+        <v>27</v>
+      </c>
+      <c r="B7">
+        <v>27</v>
+      </c>
+      <c r="C7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D7">
+        <v>-31.88216</v>
+      </c>
+      <c r="E7">
+        <v>-58.25668</v>
+      </c>
+      <c r="F7" t="s">
+        <v>29</v>
+      </c>
+      <c r="G7" t="s">
+        <v>17</v>
+      </c>
+      <c r="H7">
+        <v>0</v>
+      </c>
+      <c r="I7">
+        <v>5278</v>
+      </c>
+      <c r="J7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>