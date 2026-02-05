--- v0 (2025-12-09)
+++ v1 (2026-02-05)
@@ -56,87 +56,87 @@
   <si>
     <t>presencia</t>
   </si>
   <si>
     <t>is_validada</t>
   </si>
   <si>
     <t>Sp_id</t>
   </si>
   <si>
     <t>situacion</t>
   </si>
   <si>
     <t>APN-CA</t>
   </si>
   <si>
     <t>Parque Nacional Calilegua</t>
   </si>
   <si>
     <t>parque-nacional-calilegua</t>
   </si>
   <si>
     <t>Presente</t>
   </si>
   <si>
+    <t>APN-NO</t>
+  </si>
+  <si>
+    <t>Reserva Nacional El Nogalar de los Toldos</t>
+  </si>
+  <si>
+    <t>reserva-nacional-el-nogalar-de-los-toldos</t>
+  </si>
+  <si>
     <t>APN-BA</t>
   </si>
   <si>
     <t>Parque Nacional Baritú</t>
   </si>
   <si>
     <t>parque-nacional-baritu</t>
   </si>
   <si>
     <t>APN-IG</t>
   </si>
   <si>
     <t>Parque Nacional Iguazú</t>
   </si>
   <si>
     <t>parque-nacional-iguazu</t>
   </si>
   <si>
     <t>Sin validar</t>
   </si>
   <si>
     <t>APN-MB</t>
   </si>
   <si>
     <t>Parque Nacional Mburucuyá</t>
   </si>
   <si>
     <t>parque-nacional-mburucuya</t>
-  </si>
-[...7 lines deleted...]
-    <t>reserva-nacional-el-nogalar-de-los-toldos</t>
   </si>
   <si>
     <t>MISIONES-MO</t>
   </si>
   <si>
     <t>Parque Provincial Moconá - R.B.Yaboty</t>
   </si>
   <si>
     <t>parque-provincial-mocona--yaboty-misiones</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -536,186 +536,186 @@
       <c r="D2">
         <v>-23.66054</v>
       </c>
       <c r="E2">
         <v>-64.85</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2">
         <v>32986</v>
       </c>
       <c r="J2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>-22.58199</v>
+        <v>-22.26581</v>
       </c>
       <c r="E3">
-        <v>-64.64422</v>
+        <v>-64.75309</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>13</v>
       </c>
       <c r="H3">
         <v>1</v>
       </c>
       <c r="I3">
         <v>32986</v>
       </c>
       <c r="J3"/>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4">
-        <v>-25.66836</v>
+        <v>-22.58199</v>
       </c>
       <c r="E4">
-        <v>-54.31053</v>
+        <v>-64.64422</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="H4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I4">
         <v>32986</v>
       </c>
       <c r="J4"/>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5">
+        <v>17</v>
+      </c>
+      <c r="C5" t="s">
         <v>21</v>
       </c>
-      <c r="B5">
+      <c r="D5">
+        <v>-25.66836</v>
+      </c>
+      <c r="E5">
+        <v>-54.31053</v>
+      </c>
+      <c r="F5" t="s">
         <v>22</v>
       </c>
-      <c r="C5" t="s">
-[...8 lines deleted...]
-      <c r="F5" t="s">
+      <c r="G5" t="s">
         <v>23</v>
       </c>
-      <c r="G5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I5">
         <v>32986</v>
       </c>
       <c r="J5"/>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>24</v>
       </c>
       <c r="B6">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6">
-        <v>-22.26581</v>
+        <v>-28.01299</v>
       </c>
       <c r="E6">
-        <v>-64.75309</v>
+        <v>-58.06922</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6" t="s">
         <v>13</v>
       </c>
       <c r="H6">
         <v>1</v>
       </c>
       <c r="I6">
         <v>32986</v>
       </c>
       <c r="J6"/>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7">
         <v>103</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7">
         <v>-27.15</v>
       </c>
       <c r="E7">
         <v>-53.88333</v>
       </c>
       <c r="F7" t="s">
         <v>29</v>
       </c>
       <c r="G7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7">
         <v>32986</v>
       </c>
       <c r="J7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 