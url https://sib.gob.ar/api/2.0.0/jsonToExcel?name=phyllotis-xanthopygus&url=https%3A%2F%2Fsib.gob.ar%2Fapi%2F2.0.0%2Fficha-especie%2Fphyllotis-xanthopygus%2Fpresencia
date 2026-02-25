--- v0 (2025-12-08)
+++ v1 (2026-02-25)
@@ -12,92 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="phyllotis-xanthopygus" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>parque_id</t>
   </si>
   <si>
     <t>area_id</t>
   </si>
   <si>
     <t>parque</t>
   </si>
   <si>
     <t>lat</t>
   </si>
   <si>
     <t>lng</t>
   </si>
   <si>
     <t>slug</t>
   </si>
   <si>
     <t>presencia</t>
   </si>
   <si>
     <t>is_validada</t>
   </si>
   <si>
     <t>Sp_id</t>
   </si>
   <si>
     <t>situacion</t>
   </si>
   <si>
     <t>APN-LA</t>
   </si>
   <si>
     <t>Parque Nacional Lanín</t>
   </si>
   <si>
     <t>parque-nacional-lanin</t>
   </si>
   <si>
     <t>Sin validar</t>
+  </si>
+  <si>
+    <t>APN-ML</t>
+  </si>
+  <si>
+    <t>Parque Nacional Monte León</t>
+  </si>
+  <si>
+    <t>parque-nacional-monte-leon</t>
+  </si>
+  <si>
+    <t>Presente</t>
   </si>
   <si>
     <t>APN-CO</t>
   </si>
   <si>
     <t>Parque Nacional Quebrada del Condorito</t>
   </si>
   <si>
     <t>parque-nacional-quebrada-del-condorito</t>
   </si>
   <si>
     <t>Probable</t>
   </si>
   <si>
     <t>APN-NH</t>
   </si>
   <si>
     <t>Parque Nacional Nahuel Huapi</t>
   </si>
   <si>
     <t>parque-nacional-nahuel-huapi</t>
   </si>
   <si>
     <t>Regular</t>
   </si>
@@ -515,51 +527,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J14"/>
+  <dimension ref="A1:J15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.842773" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50.559082" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.711426" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -602,404 +614,434 @@
       <c r="D2">
         <v>-39.85001</v>
       </c>
       <c r="E2">
         <v>-71.43103</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2">
         <v>3856</v>
       </c>
       <c r="J2"/>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>-31.69761</v>
+        <v>-50.31667</v>
       </c>
       <c r="E3">
-        <v>-64.78331</v>
+        <v>-68.97287</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
         <v>1</v>
       </c>
       <c r="I3">
         <v>3856</v>
       </c>
       <c r="J3"/>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
-        <v>-40.95411</v>
+        <v>-31.69761</v>
       </c>
       <c r="E4">
-        <v>-71.53639</v>
+        <v>-64.78331</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4">
         <v>1</v>
       </c>
       <c r="I4">
         <v>3856</v>
       </c>
       <c r="J4"/>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5">
-        <v>-47.69349</v>
+        <v>-40.95411</v>
       </c>
       <c r="E5">
-        <v>-68.06604</v>
+        <v>-71.53639</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="H5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I5">
         <v>3856</v>
       </c>
       <c r="J5"/>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="C6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D6">
-        <v>-27.19383</v>
+        <v>-47.69349</v>
       </c>
       <c r="E6">
-        <v>-65.95758</v>
+        <v>-68.06604</v>
       </c>
       <c r="F6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G6" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="H6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I6">
         <v>3856</v>
       </c>
       <c r="J6"/>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B7">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="C7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D7">
-        <v>-31.88935</v>
+        <v>-27.19383</v>
       </c>
       <c r="E7">
-        <v>-69.26514</v>
+        <v>-65.95758</v>
       </c>
       <c r="F7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G7" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H7">
         <v>1</v>
       </c>
       <c r="I7">
         <v>3856</v>
       </c>
       <c r="J7"/>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B8">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="C8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D8">
-        <v>-29.23817</v>
+        <v>-31.88935</v>
       </c>
       <c r="E8">
-        <v>-69.26616</v>
+        <v>-69.26514</v>
       </c>
       <c r="F8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H8">
         <v>1</v>
       </c>
       <c r="I8">
         <v>3856</v>
       </c>
       <c r="J8"/>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B9">
+        <v>35</v>
+      </c>
+      <c r="C9" t="s">
         <v>36</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9">
-        <v>-32.55677</v>
+        <v>-29.23817</v>
       </c>
       <c r="E9">
-        <v>-67.13459</v>
+        <v>-69.26616</v>
       </c>
       <c r="F9" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G9" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H9">
         <v>1</v>
       </c>
       <c r="I9">
         <v>3856</v>
       </c>
       <c r="J9"/>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B10">
-        <v>77</v>
+        <v>36</v>
       </c>
       <c r="C10" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D10">
-        <v>-29.03333</v>
+        <v>-32.55677</v>
       </c>
       <c r="E10">
-        <v>-69.4</v>
+        <v>-67.13459</v>
       </c>
       <c r="F10" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G10" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="H10">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I10">
         <v>3856</v>
       </c>
       <c r="J10"/>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B11">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="C11" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D11">
-        <v>-39.03034</v>
+        <v>-29.03333</v>
       </c>
       <c r="E11">
-        <v>-70.35218</v>
+        <v>-69.4</v>
       </c>
       <c r="F11" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G11" t="s">
         <v>13</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11">
         <v>3856</v>
       </c>
       <c r="J11"/>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B12">
-        <v>131</v>
+        <v>19</v>
       </c>
       <c r="C12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D12">
-        <v>-22.33003</v>
+        <v>-39.03034</v>
       </c>
       <c r="E12">
-        <v>-66.05473</v>
+        <v>-70.35218</v>
       </c>
       <c r="F12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G12" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="H12">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I12">
         <v>3856</v>
       </c>
       <c r="J12"/>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B13">
-        <v>30</v>
+        <v>131</v>
       </c>
       <c r="C13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D13">
-        <v>-47.88697</v>
+        <v>-22.33003</v>
       </c>
       <c r="E13">
-        <v>-72.25014</v>
+        <v>-66.05473</v>
       </c>
       <c r="F13" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G13" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="H13">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I13">
         <v>3856</v>
       </c>
       <c r="J13"/>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B14">
+        <v>30</v>
+      </c>
+      <c r="C14" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14">
+        <v>-47.88697</v>
+      </c>
+      <c r="E14">
+        <v>-72.25014</v>
+      </c>
+      <c r="F14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G14" t="s">
+        <v>13</v>
+      </c>
+      <c r="H14">
+        <v>0</v>
+      </c>
+      <c r="I14">
+        <v>3856</v>
+      </c>
+      <c r="J14"/>
+    </row>
+    <row r="15" spans="1:10">
+      <c r="A15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B15">
         <v>37</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14">
+      <c r="C15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D15">
         <v>-29.85015</v>
       </c>
-      <c r="E14">
+      <c r="E15">
         <v>-67.87759</v>
       </c>
-      <c r="F14" t="s">
-[...5 lines deleted...]
-      <c r="H14">
+      <c r="F15" t="s">
+        <v>55</v>
+      </c>
+      <c r="G15" t="s">
+        <v>25</v>
+      </c>
+      <c r="H15">
         <v>1</v>
       </c>
-      <c r="I14">
-[...2 lines deleted...]
-      <c r="J14"/>
+      <c r="I15">
+        <v>3856</v>
+      </c>
+      <c r="J15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>