--- v0 (2025-12-13)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="physalaemus-biligonigerus" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>parque_id</t>
   </si>
   <si>
     <t>area_id</t>
   </si>
   <si>
     <t>parque</t>
   </si>
   <si>
     <t>lat</t>
   </si>
   <si>
     <t>lng</t>
   </si>
   <si>
     <t>slug</t>
   </si>
   <si>
     <t>presencia</t>
   </si>
   <si>
     <t>is_validada</t>
   </si>
   <si>
@@ -179,78 +179,93 @@
   <si>
     <t>Parque Nacional Ciervo de los Pantanos</t>
   </si>
   <si>
     <t>reserva-natural-otamendi</t>
   </si>
   <si>
     <t>APN-BA</t>
   </si>
   <si>
     <t>Parque Nacional Baritú</t>
   </si>
   <si>
     <t>parque-nacional-baritu</t>
   </si>
   <si>
     <t>APN-PN</t>
   </si>
   <si>
     <t>Parque Nacional Ansenuza</t>
   </si>
   <si>
     <t>parque-nacional-ansenuza</t>
   </si>
   <si>
+    <t>SANTIAGO DEL ESTERO-CO</t>
+  </si>
+  <si>
+    <t>Reserva Provincial de Uso Múltiple Copo</t>
+  </si>
+  <si>
+    <t>reserva-provincial-de-uso-multiple-copo-santiago-del-estero</t>
+  </si>
+  <si>
+    <t>SANTIAGO DEL ESTERO-PP</t>
+  </si>
+  <si>
+    <t>Parque  Provincial Copo</t>
+  </si>
+  <si>
+    <t>Presente</t>
+  </si>
+  <si>
     <t>APN-NO</t>
   </si>
   <si>
     <t>Reserva Nacional El Nogalar de los Toldos</t>
   </si>
   <si>
     <t>reserva-nacional-el-nogalar-de-los-toldos</t>
   </si>
   <si>
     <t>APN-TL</t>
   </si>
   <si>
     <t>Parque Nacional Traslasierra</t>
   </si>
   <si>
     <t>parque-nacional-traslasierra</t>
   </si>
   <si>
     <t>APN-AI</t>
   </si>
   <si>
     <t>Parque Nacional Aconquija</t>
   </si>
   <si>
     <t>parque-nacional-aconquija</t>
-  </si>
-[...1 lines deleted...]
-    <t>Presente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -554,64 +569,64 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J18"/>
+  <dimension ref="A1:J20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.416504" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="49.416504" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="70.697021" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.711426" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -1031,134 +1046,192 @@
       <c r="D15">
         <v>-30.66704</v>
       </c>
       <c r="E15">
         <v>-62.54672</v>
       </c>
       <c r="F15" t="s">
         <v>54</v>
       </c>
       <c r="G15" t="s">
         <v>17</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15">
         <v>3817</v>
       </c>
       <c r="J15"/>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" t="s">
         <v>55</v>
       </c>
       <c r="B16">
-        <v>25</v>
+        <v>318</v>
       </c>
       <c r="C16" t="s">
         <v>56</v>
       </c>
       <c r="D16">
-        <v>-22.26581</v>
+        <v>0</v>
       </c>
       <c r="E16">
-        <v>-64.75309</v>
+        <v>0</v>
       </c>
       <c r="F16" t="s">
         <v>57</v>
       </c>
       <c r="G16" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="H16">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I16">
         <v>3817</v>
       </c>
       <c r="J16"/>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" t="s">
         <v>58</v>
       </c>
       <c r="B17">
-        <v>369</v>
+        <v>383</v>
       </c>
       <c r="C17" t="s">
         <v>59</v>
       </c>
       <c r="D17">
-        <v>-30.99468</v>
+        <v>0</v>
       </c>
       <c r="E17">
-        <v>-65.6267</v>
-[...1 lines deleted...]
-      <c r="F17" t="s">
+        <v>0</v>
+      </c>
+      <c r="F17"/>
+      <c r="G17" t="s">
         <v>60</v>
       </c>
-      <c r="G17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H17">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I17">
         <v>3817</v>
       </c>
       <c r="J17"/>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" t="s">
         <v>61</v>
       </c>
       <c r="B18">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="C18" t="s">
         <v>62</v>
       </c>
       <c r="D18">
-        <v>-27.19383</v>
+        <v>-22.26581</v>
       </c>
       <c r="E18">
-        <v>-65.95758</v>
+        <v>-64.75309</v>
       </c>
       <c r="F18" t="s">
         <v>63</v>
       </c>
       <c r="G18" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="H18">
         <v>1</v>
       </c>
       <c r="I18">
         <v>3817</v>
       </c>
       <c r="J18"/>
+    </row>
+    <row r="19" spans="1:10">
+      <c r="A19" t="s">
+        <v>64</v>
+      </c>
+      <c r="B19">
+        <v>369</v>
+      </c>
+      <c r="C19" t="s">
+        <v>65</v>
+      </c>
+      <c r="D19">
+        <v>-30.99468</v>
+      </c>
+      <c r="E19">
+        <v>-65.6267</v>
+      </c>
+      <c r="F19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G19" t="s">
+        <v>17</v>
+      </c>
+      <c r="H19">
+        <v>0</v>
+      </c>
+      <c r="I19">
+        <v>3817</v>
+      </c>
+      <c r="J19"/>
+    </row>
+    <row r="20" spans="1:10">
+      <c r="A20" t="s">
+        <v>67</v>
+      </c>
+      <c r="B20">
+        <v>1</v>
+      </c>
+      <c r="C20" t="s">
+        <v>68</v>
+      </c>
+      <c r="D20">
+        <v>-27.19383</v>
+      </c>
+      <c r="E20">
+        <v>-65.95758</v>
+      </c>
+      <c r="F20" t="s">
+        <v>69</v>
+      </c>
+      <c r="G20" t="s">
+        <v>60</v>
+      </c>
+      <c r="H20">
+        <v>1</v>
+      </c>
+      <c r="I20">
+        <v>3817</v>
+      </c>
+      <c r="J20"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>