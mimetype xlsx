--- v0 (2025-12-08)
+++ v1 (2026-02-03)
@@ -86,60 +86,60 @@
   <si>
     <t>reserva-natural-estricta-san-antonio</t>
   </si>
   <si>
     <t>Sin validar</t>
   </si>
   <si>
     <t>APN-PI</t>
   </si>
   <si>
     <t>Parque Nacional Río Pilcomayo</t>
   </si>
   <si>
     <t>parque-nacional-rio-pilcomayo</t>
   </si>
   <si>
     <t>APN-CP</t>
   </si>
   <si>
     <t>Parque Nacional Copo</t>
   </si>
   <si>
     <t>parque-nacional-copo</t>
   </si>
   <si>
+    <t>Regular</t>
+  </si>
+  <si>
     <t>APN-OT</t>
   </si>
   <si>
     <t>Parque Nacional Ciervo de los Pantanos</t>
   </si>
   <si>
     <t>reserva-natural-otamendi</t>
-  </si>
-[...1 lines deleted...]
-    <t>Regular</t>
   </si>
   <si>
     <t>TUCUMAN-HM</t>
   </si>
   <si>
     <t>Reserva Horco Molle</t>
   </si>
   <si>
     <t>reserva-horco-molle-tucuman</t>
   </si>
   <si>
     <t>FORMOSA-EB</t>
   </si>
   <si>
     <t>Reserva Ecológica El Bagual</t>
   </si>
   <si>
     <t>reserva-ecologica-el-bagual-formosa</t>
   </si>
   <si>
     <t>APN-GP</t>
   </si>
   <si>
     <t>Reserva Nacional Pizarro</t>
   </si>
@@ -917,81 +917,81 @@
       <c r="I4">
         <v>3689</v>
       </c>
       <c r="J4"/>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5">
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5">
         <v>-25.82089</v>
       </c>
       <c r="E5">
         <v>-61.88005</v>
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I5">
         <v>3689</v>
       </c>
       <c r="J5"/>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B6">
         <v>26</v>
       </c>
       <c r="C6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D6">
         <v>-34.2345</v>
       </c>
       <c r="E6">
         <v>-58.87724</v>
       </c>
       <c r="F6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G6" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H6">
         <v>1</v>
       </c>
       <c r="I6">
         <v>3689</v>
       </c>
       <c r="J6"/>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>28</v>
       </c>
       <c r="B7">
         <v>240</v>
       </c>
       <c r="C7" t="s">
         <v>29</v>
       </c>
       <c r="D7">
         <v>-26.91667</v>
       </c>
       <c r="E7">
         <v>-65.08333</v>
       </c>
@@ -1097,51 +1097,51 @@
       <c r="I10">
         <v>3689</v>
       </c>
       <c r="J10"/>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
         <v>40</v>
       </c>
       <c r="B11">
         <v>4</v>
       </c>
       <c r="C11" t="s">
         <v>41</v>
       </c>
       <c r="D11">
         <v>-22.58199</v>
       </c>
       <c r="E11">
         <v>-64.64422</v>
       </c>
       <c r="F11" t="s">
         <v>42</v>
       </c>
       <c r="G11" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H11">
         <v>1</v>
       </c>
       <c r="I11">
         <v>3689</v>
       </c>
       <c r="J11"/>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" t="s">
         <v>43</v>
       </c>
       <c r="B12">
         <v>274</v>
       </c>
       <c r="C12" t="s">
         <v>44</v>
       </c>
       <c r="D12">
         <v>-36.35444</v>
       </c>
       <c r="E12">
         <v>-56.87624</v>
       </c>
@@ -1157,81 +1157,81 @@
       <c r="I12">
         <v>3689</v>
       </c>
       <c r="J12"/>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" t="s">
         <v>46</v>
       </c>
       <c r="B13">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>47</v>
       </c>
       <c r="D13">
         <v>-24.27366</v>
       </c>
       <c r="E13">
         <v>-61.80071</v>
       </c>
       <c r="F13" t="s">
         <v>48</v>
       </c>
       <c r="G13" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H13">
         <v>1</v>
       </c>
       <c r="I13">
         <v>3689</v>
       </c>
       <c r="J13"/>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" t="s">
         <v>49</v>
       </c>
       <c r="B14">
         <v>33</v>
       </c>
       <c r="C14" t="s">
         <v>50</v>
       </c>
       <c r="D14">
         <v>-24.70046</v>
       </c>
       <c r="E14">
         <v>-64.62734</v>
       </c>
       <c r="F14" t="s">
         <v>51</v>
       </c>
       <c r="G14" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H14">
         <v>1</v>
       </c>
       <c r="I14">
         <v>3689</v>
       </c>
       <c r="J14"/>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
         <v>52</v>
       </c>
       <c r="B15">
         <v>27</v>
       </c>
       <c r="C15" t="s">
         <v>53</v>
       </c>
       <c r="D15">
         <v>-31.88216</v>
       </c>
       <c r="E15">
         <v>-58.25668</v>
       </c>
@@ -1247,51 +1247,51 @@
       <c r="I15">
         <v>3689</v>
       </c>
       <c r="J15"/>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" t="s">
         <v>55</v>
       </c>
       <c r="B16">
         <v>7</v>
       </c>
       <c r="C16" t="s">
         <v>56</v>
       </c>
       <c r="D16">
         <v>-23.66054</v>
       </c>
       <c r="E16">
         <v>-64.85</v>
       </c>
       <c r="F16" t="s">
         <v>57</v>
       </c>
       <c r="G16" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H16">
         <v>1</v>
       </c>
       <c r="I16">
         <v>3689</v>
       </c>
       <c r="J16"/>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" t="s">
         <v>58</v>
       </c>
       <c r="B17">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>59</v>
       </c>
       <c r="D17">
         <v>-25.27733</v>
       </c>
       <c r="E17">
         <v>-65.93186</v>
       </c>
@@ -1367,51 +1367,51 @@
       <c r="I19">
         <v>3689</v>
       </c>
       <c r="J19"/>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" t="s">
         <v>69</v>
       </c>
       <c r="B20">
         <v>20</v>
       </c>
       <c r="C20" t="s">
         <v>70</v>
       </c>
       <c r="D20">
         <v>-37.93488</v>
       </c>
       <c r="E20">
         <v>-65.60471</v>
       </c>
       <c r="F20" t="s">
         <v>71</v>
       </c>
       <c r="G20" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H20">
         <v>1</v>
       </c>
       <c r="I20">
         <v>3689</v>
       </c>
       <c r="J20"/>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" t="s">
         <v>72</v>
       </c>
       <c r="B21">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>73</v>
       </c>
       <c r="D21">
         <v>-27.31754</v>
       </c>
       <c r="E21">
         <v>-58.94984</v>
       </c>
@@ -1517,81 +1517,81 @@
       <c r="I24">
         <v>3689</v>
       </c>
       <c r="J24"/>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
         <v>84</v>
       </c>
       <c r="B25">
         <v>36</v>
       </c>
       <c r="C25" t="s">
         <v>85</v>
       </c>
       <c r="D25">
         <v>-32.55677</v>
       </c>
       <c r="E25">
         <v>-67.13459</v>
       </c>
       <c r="F25" t="s">
         <v>86</v>
       </c>
       <c r="G25" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H25">
         <v>1</v>
       </c>
       <c r="I25">
         <v>3689</v>
       </c>
       <c r="J25"/>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" t="s">
         <v>87</v>
       </c>
       <c r="B26">
         <v>348</v>
       </c>
       <c r="C26" t="s">
         <v>88</v>
       </c>
       <c r="D26">
         <v>-30.9678</v>
       </c>
       <c r="E26">
         <v>-64.2909</v>
       </c>
       <c r="F26" t="s">
         <v>89</v>
       </c>
       <c r="G26" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H26">
         <v>1</v>
       </c>
       <c r="I26">
         <v>3689</v>
       </c>
       <c r="J26"/>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" t="s">
         <v>90</v>
       </c>
       <c r="B27">
         <v>160</v>
       </c>
       <c r="C27" t="s">
         <v>91</v>
       </c>
       <c r="D27">
         <v>-40.76667</v>
       </c>
       <c r="E27">
         <v>-65.03333</v>
       </c>
@@ -1667,81 +1667,81 @@
       <c r="I29">
         <v>3689</v>
       </c>
       <c r="J29"/>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" t="s">
         <v>99</v>
       </c>
       <c r="B30">
         <v>37</v>
       </c>
       <c r="C30" t="s">
         <v>100</v>
       </c>
       <c r="D30">
         <v>-29.85015</v>
       </c>
       <c r="E30">
         <v>-67.87759</v>
       </c>
       <c r="F30" t="s">
         <v>101</v>
       </c>
       <c r="G30" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H30">
         <v>1</v>
       </c>
       <c r="I30">
         <v>3689</v>
       </c>
       <c r="J30"/>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" t="s">
         <v>102</v>
       </c>
       <c r="B31">
         <v>1</v>
       </c>
       <c r="C31" t="s">
         <v>103</v>
       </c>
       <c r="D31">
         <v>-27.19383</v>
       </c>
       <c r="E31">
         <v>-65.95758</v>
       </c>
       <c r="F31" t="s">
         <v>104</v>
       </c>
       <c r="G31" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H31">
         <v>1</v>
       </c>
       <c r="I31">
         <v>3689</v>
       </c>
       <c r="J31"/>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" t="s">
         <v>105</v>
       </c>
       <c r="B32">
         <v>155</v>
       </c>
       <c r="C32" t="s">
         <v>106</v>
       </c>
       <c r="D32">
         <v>-28.1</v>
       </c>
       <c r="E32">
         <v>-57.1</v>
       </c>