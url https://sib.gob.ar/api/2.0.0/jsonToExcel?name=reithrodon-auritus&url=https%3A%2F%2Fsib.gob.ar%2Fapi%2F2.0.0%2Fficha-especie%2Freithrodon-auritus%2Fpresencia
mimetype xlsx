--- v0 (2025-12-16)
+++ v1 (2026-02-24)
@@ -95,50 +95,59 @@
   <si>
     <t>parque-nacional-perito-moreno</t>
   </si>
   <si>
     <t>Sin validar</t>
   </si>
   <si>
     <t>APN-BP</t>
   </si>
   <si>
     <t>Parque Nacional Bosques Petrificados de Jaramillo</t>
   </si>
   <si>
     <t>parque-nacional-bosques-petrificados</t>
   </si>
   <si>
     <t>APN-LB</t>
   </si>
   <si>
     <t>Parque Nacional Laguna Blanca</t>
   </si>
   <si>
     <t>parque-nacional-laguna-blanca</t>
   </si>
   <si>
+    <t>APN-ML</t>
+  </si>
+  <si>
+    <t>Parque Nacional Monte León</t>
+  </si>
+  <si>
+    <t>parque-nacional-monte-leon</t>
+  </si>
+  <si>
     <t>APN-LC</t>
   </si>
   <si>
     <t>Parque Nacional Lihué Calel</t>
   </si>
   <si>
     <t>parque-nacional-lihue-calel</t>
   </si>
   <si>
     <t>APN-CO</t>
   </si>
   <si>
     <t>Parque Nacional Quebrada del Condorito</t>
   </si>
   <si>
     <t>parque-nacional-quebrada-del-condorito</t>
   </si>
   <si>
     <t>Probable</t>
   </si>
   <si>
     <t>APN-NH</t>
   </si>
   <si>
     <t>Parque Nacional Nahuel Huapi</t>
@@ -159,59 +168,50 @@
     <t>APN-OT</t>
   </si>
   <si>
     <t>Parque Nacional Ciervo de los Pantanos</t>
   </si>
   <si>
     <t>reserva-natural-otamendi</t>
   </si>
   <si>
     <t>APN-GL</t>
   </si>
   <si>
     <t>Parque Nacional Los Glaciares</t>
   </si>
   <si>
     <t>parque-nacional-los-glaciares</t>
   </si>
   <si>
     <t>APN-PA</t>
   </si>
   <si>
     <t>Parque Nacional El Palmar</t>
   </si>
   <si>
     <t>parque-nacional-el-palmar</t>
-  </si>
-[...7 lines deleted...]
-    <t>parque-nacional-monte-leon</t>
   </si>
   <si>
     <t>APN-CA</t>
   </si>
   <si>
     <t>Parque Nacional Calilegua</t>
   </si>
   <si>
     <t>parque-nacional-calilegua</t>
   </si>
   <si>
     <t>APN-LO</t>
   </si>
   <si>
     <t>Parque Nacional Islote Lobos</t>
   </si>
   <si>
     <t>parque-nacional-islote-lobos</t>
   </si>
   <si>
     <t>APN-MA</t>
   </si>
   <si>
     <t>Parque Interjurisdiccional Marino Costero Patagonia Austral</t>
   </si>
@@ -749,279 +749,279 @@
       <c r="D6">
         <v>-39.03034</v>
       </c>
       <c r="E6">
         <v>-70.35218</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6" t="s">
         <v>20</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6">
         <v>2698</v>
       </c>
       <c r="J6"/>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7">
-        <v>-37.93488</v>
+        <v>-50.31667</v>
       </c>
       <c r="E7">
-        <v>-65.60471</v>
+        <v>-68.97287</v>
       </c>
       <c r="F7" t="s">
         <v>29</v>
       </c>
       <c r="G7" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="H7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I7">
         <v>2698</v>
       </c>
       <c r="J7"/>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" t="s">
         <v>30</v>
       </c>
       <c r="B8">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8">
-        <v>-31.69761</v>
+        <v>-37.93488</v>
       </c>
       <c r="E8">
-        <v>-64.78331</v>
+        <v>-65.60471</v>
       </c>
       <c r="F8" t="s">
         <v>32</v>
       </c>
       <c r="G8" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="H8">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I8">
         <v>2698</v>
       </c>
       <c r="J8"/>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9">
+        <v>11</v>
+      </c>
+      <c r="C9" t="s">
         <v>34</v>
       </c>
-      <c r="B9">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="D9">
+        <v>-31.69761</v>
+      </c>
+      <c r="E9">
+        <v>-64.78331</v>
+      </c>
+      <c r="F9" t="s">
         <v>35</v>
       </c>
-      <c r="D9">
-[...5 lines deleted...]
-      <c r="F9" t="s">
+      <c r="G9" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="H9">
         <v>1</v>
       </c>
       <c r="I9">
         <v>2698</v>
       </c>
       <c r="J9"/>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" t="s">
         <v>37</v>
       </c>
       <c r="B10">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>38</v>
       </c>
       <c r="D10">
-        <v>-39.85001</v>
+        <v>-40.95411</v>
       </c>
       <c r="E10">
-        <v>-71.43103</v>
+        <v>-71.53639</v>
       </c>
       <c r="F10" t="s">
         <v>39</v>
       </c>
       <c r="G10" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="H10">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I10">
         <v>2698</v>
       </c>
       <c r="J10"/>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
         <v>40</v>
       </c>
       <c r="B11">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="C11" t="s">
         <v>41</v>
       </c>
       <c r="D11">
-        <v>-34.2345</v>
+        <v>-39.85001</v>
       </c>
       <c r="E11">
-        <v>-58.87724</v>
+        <v>-71.43103</v>
       </c>
       <c r="F11" t="s">
         <v>42</v>
       </c>
       <c r="G11" t="s">
         <v>20</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11">
         <v>2698</v>
       </c>
       <c r="J11"/>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" t="s">
         <v>43</v>
       </c>
       <c r="B12">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C12" t="s">
         <v>44</v>
       </c>
       <c r="D12">
-        <v>-49.9469</v>
+        <v>-34.2345</v>
       </c>
       <c r="E12">
-        <v>-73.15797</v>
+        <v>-58.87724</v>
       </c>
       <c r="F12" t="s">
         <v>45</v>
       </c>
       <c r="G12" t="s">
         <v>20</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12">
         <v>2698</v>
       </c>
       <c r="J12"/>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" t="s">
         <v>46</v>
       </c>
       <c r="B13">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="C13" t="s">
         <v>47</v>
       </c>
       <c r="D13">
-        <v>-31.88216</v>
+        <v>-49.9469</v>
       </c>
       <c r="E13">
-        <v>-58.25668</v>
+        <v>-73.15797</v>
       </c>
       <c r="F13" t="s">
         <v>48</v>
       </c>
       <c r="G13" t="s">
         <v>20</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13">
         <v>2698</v>
       </c>
       <c r="J13"/>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" t="s">
         <v>49</v>
       </c>
       <c r="B14">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C14" t="s">
         <v>50</v>
       </c>
       <c r="D14">
-        <v>-50.31667</v>
+        <v>-31.88216</v>
       </c>
       <c r="E14">
-        <v>-68.97287</v>
+        <v>-58.25668</v>
       </c>
       <c r="F14" t="s">
         <v>51</v>
       </c>
       <c r="G14" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="H14">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I14">
         <v>2698</v>
       </c>
       <c r="J14"/>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
         <v>52</v>
       </c>
       <c r="B15">
         <v>7</v>
       </c>
       <c r="C15" t="s">
         <v>53</v>
       </c>
       <c r="D15">
         <v>-23.66054</v>
       </c>
       <c r="E15">
         <v>-64.85</v>
       </c>
       <c r="F15" t="s">
         <v>54</v>
       </c>