--- v0 (2025-12-19)
+++ v1 (2026-02-03)
@@ -77,60 +77,60 @@
   <si>
     <t>Presente</t>
   </si>
   <si>
     <t>APN-SA</t>
   </si>
   <si>
     <t>Reserva Natural Estricta San Antonio</t>
   </si>
   <si>
     <t>reserva-natural-estricta-san-antonio</t>
   </si>
   <si>
     <t>Sin validar</t>
   </si>
   <si>
     <t>APN-BA</t>
   </si>
   <si>
     <t>Parque Nacional Baritú</t>
   </si>
   <si>
     <t>parque-nacional-baritu</t>
   </si>
   <si>
+    <t>Regular</t>
+  </si>
+  <si>
     <t>APN-CA</t>
   </si>
   <si>
     <t>Parque Nacional Calilegua</t>
   </si>
   <si>
     <t>parque-nacional-calilegua</t>
-  </si>
-[...1 lines deleted...]
-    <t>Regular</t>
   </si>
   <si>
     <t>APN-MB</t>
   </si>
   <si>
     <t>Parque Nacional Mburucuyá</t>
   </si>
   <si>
     <t>parque-nacional-mburucuya</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -575,81 +575,81 @@
       <c r="I3">
         <v>444</v>
       </c>
       <c r="J3"/>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4">
         <v>4</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
         <v>-22.58199</v>
       </c>
       <c r="E4">
         <v>-64.64422</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="H4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I4">
         <v>444</v>
       </c>
       <c r="J4"/>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5">
         <v>7</v>
       </c>
       <c r="C5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D5">
         <v>-23.66054</v>
       </c>
       <c r="E5">
         <v>-64.85</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="H5">
         <v>1</v>
       </c>
       <c r="I5">
         <v>444</v>
       </c>
       <c r="J5"/>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>25</v>
       </c>
       <c r="B6">
         <v>22</v>
       </c>
       <c r="C6" t="s">
         <v>26</v>
       </c>
       <c r="D6">
         <v>-28.01299</v>
       </c>
       <c r="E6">
         <v>-58.06922</v>
       </c>