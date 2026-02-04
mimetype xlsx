--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -872,54 +872,54 @@
       <c r="I5">
         <v>432</v>
       </c>
       <c r="J5"/>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>25</v>
       </c>
       <c r="B6">
         <v>4</v>
       </c>
       <c r="C6" t="s">
         <v>26</v>
       </c>
       <c r="D6">
         <v>-22.58199</v>
       </c>
       <c r="E6">
         <v>-64.64422</v>
       </c>
       <c r="F6" t="s">
         <v>27</v>
       </c>
       <c r="G6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="H6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I6">
         <v>432</v>
       </c>
       <c r="J6"/>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>28</v>
       </c>
       <c r="B7">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>29</v>
       </c>
       <c r="D7">
         <v>-23.66054</v>
       </c>
       <c r="E7">
         <v>-64.85</v>
       </c>
       <c r="F7" t="s">
         <v>30</v>
       </c>